--- v0 (2026-01-16)
+++ v1 (2026-03-16)
@@ -422,5750 +422,5639 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:G154"/>
+  <dimension ref="A1:G151"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Cuenta</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Linea</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Estado</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Fecha</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Evento</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Descripción</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>P36W</t>
+          <t>P204</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS (CAJERO)</t>
+          <t>SCOTIABANK VENEZUELA (CAJERO)</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Abierta</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>2026-01-16T12:37:41.447</t>
+          <t>2026-02-02T09:08:39.36</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>22546992</t>
+          <t>23018104</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Apertura (Opening)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>P239</t>
+          <t>6346</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>SCOTIABANK JUAN PABLO DUARTE (CAJERO)</t>
+          <t>SCOTIABANK SALON VIP (AILA/AEROPUERTO LAS AMERICAS)</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T12:27:24.227</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T22:01:13.67</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>22546861</t>
+          <t>23030528</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>P201</t>
+          <t>P35L</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>SCOTIABANK HIGUEY (CAJERO)</t>
+          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (OFIC. DE RH)</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T10:48:12.68</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E4" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:33:08.577</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>22545533</t>
+          <t>23030013</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>P218</t>
+          <t>P35J</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>SCOTIABANK DUARTE SUR (CAJERO)</t>
+          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (MERCADO &amp; BRANCHBAN</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T10:17:29.883</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:30:37.353</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>22545108</t>
+          <t>23029975</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>P35A</t>
+          <t>0335</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAXIMO GOMEZ (CAJERO)</t>
+          <t>SCOTIABANK AGORA MALL SANTO DOMINGO</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:31:47.747</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:27:32.573</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>22544429</t>
+          <t>23029933</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>6296</t>
+          <t>P349</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMANA, JUMBO</t>
+          <t>SCOTIABANK AGORA MALL SANTO DOMINGO (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:17:28.39</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E7" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:22:38.81</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>22544175</t>
+          <t>23029874</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>P326</t>
+          <t>P35O</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAMBIL (BOVEDA)</t>
+          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (TECHO)</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:14:55.09</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E8" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:22:10.64</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>22544139</t>
+          <t>23029866</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>P121</t>
+          <t>0334</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAMBIL (CAJERO)</t>
+          <t>SCOTIABANK SAMBIL</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:13:26.14</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E9" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:13:54.523</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>22544112</t>
+          <t>23029762</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>P205</t>
+          <t>P121</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>SCOTIABANK BRAVO BANI (CAJERO)</t>
+          <t>SCOTIABANK SAMBIL (CAJERO)</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:01:45.693</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E10" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T21:05:00.177</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>22543925</t>
+          <t>23029618</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>0334</t>
+          <t>1106</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAMBIL</t>
+          <t>SCOTIABANK PUNTA CANA</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T09:00:23.977</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E11" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:48:51.607</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>22543883</t>
+          <t>23029329</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>P176</t>
+          <t>P35W</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>SCOTIABANK AGORA MALL SANTIAGO  (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK PUNTA CANA (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:41:45.643</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E12" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:45:41.357</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>22543610</t>
+          <t>23029306</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>P35E</t>
+          <t>6379</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>SCOTIABANK PLAZA DUARTE, CARREFOUR (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK PLAZA DUARTE, CARREFOUR</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:41:01.357</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:35:26.433</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>22543601</t>
+          <t>23029130</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>P073</t>
+          <t>6353</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>SCOTIABANK BELLA VISTA MALL (BOVEDA/ATM)</t>
+          <t>SCOTIABANK GALERIA 360</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:39:08.563</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E14" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:32:39.707</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>22543554</t>
+          <t>23029103</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>P36I</t>
+          <t>P35E</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO (BOVEDA)</t>
+          <t>SCOTIABANK PLAZA DUARTE, CARREFOUR (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:38:42.82</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E15" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:32:21.27</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>22543549</t>
+          <t>23029099</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>P31A</t>
+          <t>P352</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>SCOTIABANK MEGACENTRO (BOVEDA)</t>
+          <t>SCOTIABANK GALERIA 360 (BOVEDA)</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:38:38.047</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E16" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:28:10.737</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>22543547</t>
+          <t>23029047</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>P060</t>
+          <t>P353</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>SCOTIABANK BRAVO BANI (BOVEDA)</t>
+          <t>SCOTIABANK GALERIA 360 (CAJERO)</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:38:11.87</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E17" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:27:43.413</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>22543536</t>
+          <t>23029045</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>6295</t>
+          <t>0090</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>SCOTIABANK MEGACENTRO</t>
+          <t>SCOTIABANK BELLA VISTA MALL</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:38:04.523</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E18" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:03:50.61</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>22543529</t>
+          <t>23028686</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>P32A</t>
+          <t>P073</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>SCOTIABANK LUPERON, PLAZA KURY (CAJERO)</t>
+          <t>SCOTIABANK BELLA VISTA MALL (BOVEDA/ATM)</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:37:36.903</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E19" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T20:00:24.993</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>22543524</t>
+          <t>23028612</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>P355</t>
+          <t>6295</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>SCOTIABANK MARINA CHAVON (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK MEGACENTRO</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:37:29.82</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E20" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:54:46.977</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>22543521</t>
+          <t>23028464</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>6332</t>
+          <t>P31B</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>SCOTIABANK MARINA CHAVON</t>
+          <t>SCOTIABANK MEGACENTRO (CAJERO 1)</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:37:26.997</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E21" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:52:38.033</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>22543520</t>
+          <t>23028425</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>P162</t>
+          <t>P31A</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN BAVARO (BOVEDA)</t>
+          <t>SCOTIABANK MEGACENTRO (BOVEDA)</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:37:18.167</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E22" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:41:12.457</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>22543516</t>
+          <t>23028221</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>1052</t>
+          <t>0330</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN BAVARO</t>
+          <t>SCOTIABANK BRAVO SAN ISIDRO</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:36:11.537</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E23" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:41:00.127</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>22543482</t>
+          <t>23028202</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>P186</t>
+          <t>1048</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>SCOTIABANK NUÑEZ DE CACERES (CAJERO)</t>
+          <t>SCOTIABANK J. F. KENNEDY</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:33:39.01</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E24" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:34:45.87</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>22543426</t>
+          <t>23028088</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>0090</t>
+          <t>P044</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>SCOTIABANK BELLA VISTA MALL</t>
+          <t>SCOTIABANK BRAVO SAN ISIDRO (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:30:14.247</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E25" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:33:57.453</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>22543245</t>
+          <t>23028086</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>6379</t>
+          <t>P233</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>SCOTIABANK PLAZA DUARTE, CARREFOUR</t>
+          <t>SCOTIABANK J. F. KENNEDY (CAJERO)</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:23:24.577</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E26" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:30:49.69</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>22543127</t>
+          <t>23028052</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>6341</t>
+          <t>1070</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO</t>
+          <t>SCOTIABANK AGORA MALL SANTIAGO</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:22:31.73</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E27" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:18:27.45</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>22543112</t>
+          <t>23027895</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>P352</t>
+          <t>P176</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>SCOTIABANK GALERIA 360 (BOVEDA)</t>
+          <t>SCOTIABANK AGORA MALL SANTIAGO  (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:20:36.13</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E28" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:14:24.987</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>22543070</t>
+          <t>23027860</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>P35W</t>
+          <t>P270</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>SCOTIABANK PUNTA CANA (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK JUAN PABLO DUARTE (2DO NIVEL)</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:20:20.263</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E29" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:12:10.877</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>22543068</t>
+          <t>23027829</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>6353</t>
+          <t>P288</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>SCOTIABANK GALERIA 360</t>
+          <t>SCOTIABANK J. F. KENNEDY (5TO NIVEL)</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:19:21.11</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E30" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:06:23.79</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>22543046</t>
+          <t>23027710</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>1045</t>
+          <t>1103</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>SCOTIABANK BRAVO BANI</t>
+          <t>SCOTIABANK HIGUEY</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:18:56.277</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E31" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T19:02:58.047</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>22543035</t>
+          <t>23027652</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>P044</t>
+          <t>1087</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>SCOTIABANK BRAVO SAN ISIDRO (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK MOCA</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:18:53.887</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E32" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:55:13.39</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>22543034</t>
+          <t>23027482</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>1106</t>
+          <t>1089</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>SCOTIABANK PUNTA CANA</t>
+          <t>SCOTIABANK NAGUA</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:17:35.507</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E33" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:50:54.687</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>22543018</t>
+          <t>23027430</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>P263</t>
+          <t>0379</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>SCOTIABANK PIANTINI (ANTIGUO REAL STATE)</t>
+          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:14:35.88</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E34" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:46:19.82</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>22542964</t>
+          <t>23027380</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>P329</t>
+          <t>6341</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>SCOTIABANK LUPERON, PLAZA KURY (BOVEDA)</t>
+          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:14:26.003</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E35" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:46:17.417</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>22542961</t>
+          <t>23027379</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>1070</t>
+          <t>1082</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>SCOTIABANK AGORA MALL SANTIAGO</t>
+          <t>SCOTIABANK SAN CRISTOBAL</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:13:55.49</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E36" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:41:33.517</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>22542952</t>
+          <t>23027307</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>P233</t>
+          <t>P35V</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>SCOTIABANK J. F. KENNEDY (CAJERO)</t>
+          <t>SCOTIABANK SAN CRISTOBAL (CAJERO 2)</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:12:32.327</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E37" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:40:51.78</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>22542940</t>
+          <t>23027297</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>P256</t>
+          <t>0340</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMULO (CAJERO)</t>
+          <t>SCOTIABANK NACO</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:11:19.147</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E38" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:40:21.46</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>22542928</t>
+          <t>23027290</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>P35B</t>
+          <t>P35U</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMULO (BOVEDA)</t>
+          <t>SCOTIABANK SAN CRISTOBAL (CAJERO 1)</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:10:37.28</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:39:49.21</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>22542911</t>
+          <t>23027272</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>P36G</t>
+          <t>0358</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>SCOTIABANK TORRE CHURCHILL (CAJERO)</t>
+          <t>SCOTIABANK SANTIAGO, GURABO</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:10:19.7</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E40" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:37:50.007</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>22542900</t>
+          <t>23027258</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>P213</t>
+          <t>P112</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>SCOTIABANK CABARETE (CAJERO)</t>
+          <t>SCOTIABANK J. F. KENNEDY (BOVEDA)</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:07:44.007</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E41" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:37:26.577</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>22542808</t>
+          <t>23027252</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>P034</t>
+          <t>P36I</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>SCOTIABANK NUÑEZ DE CACERES (BOVEDA)</t>
+          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO (BOVEDA)</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:07:23.3</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E42" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:35:39.227</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>22542805</t>
+          <t>23027227</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>P36L</t>
+          <t>6320</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>SCOTIABANK PUERTO PLATA (CAJERO)</t>
+          <t>SCOTIABANK TORRE CHURCHILL</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:07:16.51</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E43" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:31:56.003</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>22542803</t>
+          <t>23027158</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>P067</t>
+          <t>P35T</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>SCOTIABANK CABARETE (BOVEDA)</t>
+          <t>SCOTIABANK SAN CRISTOBAL (BOVEDA)</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:07:09.017</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:30:07.417</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>22542797</t>
+          <t>23027126</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>P35T</t>
+          <t>P36G</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN CRISTOBAL (BOVEDA)</t>
+          <t>SCOTIABANK TORRE CHURCHILL (CAJERO)</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:06:15.4</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E45" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:29:07.64</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>22542782</t>
+          <t>23027097</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>P082</t>
+          <t>P36F</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>SCOTIABANK BONAO (BOVEDA)</t>
+          <t>SCOTIABANK TORRE CHURCHILL (BOVEDA)</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:06:10.193</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E46" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:56.393</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>22542779</t>
+          <t>23027077</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>1078</t>
+          <t>6300</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>SCOTIABANK CABARETE</t>
+          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:06:07.777</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E47" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:53.377</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>22542778</t>
+          <t>23027074</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>P043</t>
+          <t>P022</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>SCOTIABANK PIANTINI  (BOVEDA)</t>
+          <t>SCOTIABANK MOCA (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:05:11.783</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E48" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:48.36</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>22542767</t>
+          <t>23027067</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>P31N</t>
+          <t>1063</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, EL SOL (BOVEDA)</t>
+          <t>SCOTIABANK SAN FRANCISCO DE MACORIS</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:05:09.36</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E49" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:44.897</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>22542764</t>
+          <t>23027063</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>P161</t>
+          <t>1069</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>SCOTIABANK NACO (BOVEDA)</t>
+          <t>SCOTIABANK JUAN PABLO DUARTE</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:05:07.397</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E50" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:43.67</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>22542763</t>
+          <t>23027062</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>P36F</t>
+          <t>6400</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>SCOTIABANK TORRE CHURCHILL (BOVEDA)</t>
+          <t>SCOTIABANK BONAO</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:03:22.49</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E51" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:38.24</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>22542715</t>
+          <t>23027055</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>P068</t>
+          <t>1075</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>SCOTIABANK LAS TERRENAS (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK MAO</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:03:18.883</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E52" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:27:33.39</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>22542713</t>
+          <t>23027049</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>1035</t>
+          <t>6296</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>SCOTIABANK LAS TERRENAS</t>
+          <t>SCOTIABANK ROMANA, JUMBO</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:03:15.223</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E53" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:23:06.127</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>22542710</t>
+          <t>23026995</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>P359</t>
+          <t>P082</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAXIMO GOMEZ (BOVEDA)</t>
+          <t>SCOTIABANK BONAO (BOVEDA)</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:02:52.1</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E54" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:22:50.543</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>22542695</t>
+          <t>23026991</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>P055</t>
+          <t>6325</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>SCOTIABANK HIGUEY (BOVEDA)</t>
+          <t>SCOTIABANK SANTIAGO, EL SOL</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:02:16.803</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E55" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:22:48.12</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>22542674</t>
+          <t>23026990</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>P31C</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>SCOTIABANK ROMANA, JUMBO (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:01:39.49</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E56" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:22:45.683</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>22542656</t>
+          <t>23026989</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>P181</t>
+          <t>P365</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, LAS COLINAS (CAJERO)</t>
+          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (RESERVA CENTRAL)</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:00:51.793</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E57" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:22:43.26</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>22542629</t>
+          <t>23026988</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>P36O</t>
+          <t>1044</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>SCOTIABANK AZUA (CAJERO)</t>
+          <t>SCOTIABANK AZUA</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T08:00:04.017</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E58" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:22:14.313</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>22542591</t>
+          <t>23026980</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>P362</t>
+          <t>1092</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (BOVEDA)</t>
+          <t>SCOTIABANK LA VEGA</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:59:20.717</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E59" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:20:51.01</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>22542568</t>
+          <t>23026957</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>P35K</t>
+          <t>6445</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (BOVEDA)</t>
+          <t>SCOTIABANK PUERTO PLATA</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:59:19.517</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E60" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:20:48.777</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>22542567</t>
+          <t>23026956</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>0330</t>
+          <t>P024</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>SCOTIABANK BRAVO SAN ISIDRO</t>
+          <t>SCOTIABANK SAN FRANCISCO (BOVEDA)</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:58:52.08</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E61" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:19:13.677</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>22542549</t>
+          <t>23026929</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>P031</t>
+          <t>P179</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>SCOTIABANK LA VEGA (BOVEDA Y DEPOSITO NOCTURNO)</t>
+          <t>SCOTIABANK NAGUA (CAJERO)</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:58:14.92</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E62" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:17:26.72</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>22542523</t>
+          <t>23026903</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>P022</t>
+          <t>1052</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>SCOTIABANK MOCA (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK DOWNTOWN BAVARO</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:58:07.64</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E63" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:17:02.773</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>22542515</t>
+          <t>23026893</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>P112</t>
+          <t>P162</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>SCOTIABANK J. F. KENNEDY (BOVEDA)</t>
+          <t>SCOTIABANK DOWNTOWN BAVARO (BOVEDA)</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:58:06.42</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E64" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:16:49.163</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>22542514</t>
+          <t>23026890</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>P36H</t>
+          <t>P248</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>SCOTIABANK TORRE CHURCHILL (OFICINA ADMINISTRATIVA)</t>
+          <t>SCOTIABANK DOWNTOWN BAVARO  (CAJERO)</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:57:51.63</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E65" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:16:46.677</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>22542507</t>
+          <t>23026889</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>P074</t>
+          <t>P031</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS (BOVEDA)</t>
+          <t>SCOTIABANK LA VEGA (BOVEDA Y DEPOSITO NOCTURNO)</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:55:36.4</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E66" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:16:39.453</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>22542465</t>
+          <t>23026886</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>P282</t>
+          <t>P053</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>SCOTIABANK PIANTINI (COMEDOR)</t>
+          <t>SCOTIABANK SANTIAGO, GURABO (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:55:17.99</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E67" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:14:45.177</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>22542462</t>
+          <t>23026855</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>P36K</t>
+          <t>P161</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>SCOTIABANK PUERTO PLATA (BOVEDA)</t>
+          <t>SCOTIABANK NACO (BOVEDA)</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:55:10.583</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E68" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:14:34.82</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>22542460</t>
+          <t>23026854</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>6445</t>
+          <t>P36K</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>SCOTIABANK PUERTO PLATA</t>
+          <t>SCOTIABANK PUERTO PLATA (BOVEDA)</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:55:07.073</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E69" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:13:06.303</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>22542455</t>
+          <t>23026835</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>P264</t>
+          <t>1097</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS (BANCA PREMIUM)</t>
+          <t>SCOTIABANK SAN PEDRO DE MACORIS</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:54:36.303</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E70" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:12:49.773</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>22542444</t>
+          <t>23026818</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>1092</t>
+          <t>1035</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>SCOTIABANK LA VEGA</t>
+          <t>SCOTIABANK LAS TERRENAS</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:54:09.137</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E71" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:12:47.34</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>22542431</t>
+          <t>23026816</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>P35C</t>
+          <t>P068</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMULO (2DO NIVEL)</t>
+          <t>SCOTIABANK LAS TERRENAS (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:54:03.06</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E72" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:09:47.993</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>22542428</t>
+          <t>23026692</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>6321</t>
+          <t>P025</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>SCOTIABANK LUPERON, PLAZA KURY</t>
+          <t>SCOTIABANK NAGUA (BOVEDA)</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:56.4</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E73" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:04:52.633</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>22542423</t>
+          <t>23026596</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>0329</t>
+          <t>6321</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS</t>
+          <t>SCOTIABANK LUPERON, PLAZA KURY</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:49.077</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E74" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:04:41.813</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>22542418</t>
+          <t>23026590</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>P36N</t>
+          <t>1060</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>SCOTIABANK AZUA (BOVEDA)</t>
+          <t>SCOTIABANK SANTIAGO, LAS COLINAS</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:42.91</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E75" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:04:17.033</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>22542412</t>
+          <t>23026575</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>0036</t>
+          <t>1078</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>SCOTIABANK PIANTINI</t>
+          <t>SCOTIABANK CABARETE</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:37.923</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E76" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:04:10.997</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>22542408</t>
+          <t>23026571</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>P025</t>
+          <t>0188</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>SCOTIABANK NAGUA (BOVEDA)</t>
+          <t>SCOTIABANK NUÑEZ DE CACERES</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:25.39</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E77" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:02:59.547</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>22542402</t>
+          <t>23026528</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>P209</t>
+          <t>P361</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAO (CAJERO)</t>
+          <t>SCOTIABANK SAN MARTIN (AREA COMUN (RECEPCION))</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:19.12</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E78" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:02:53.75</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>22542397</t>
+          <t>23026517</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>P35D</t>
+          <t>P35Z</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMULO (COMEDOR AREA COMUN)</t>
+          <t>SCOTIABANK SAN MARTIN (CARD DELIVERY 2DO PISO)</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:53:16.703</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T18:01:56.63</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>22542396</t>
+          <t>23026482</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>1089</t>
+          <t>P32A</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>SCOTIABANK NAGUA</t>
+          <t>SCOTIABANK LUPERON, PLAZA KURY (CAJERO)</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:52:49.51</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E80" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:58:02.35</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>22542380</t>
+          <t>23026362</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>P064</t>
+          <t>0088</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAO (BOVEDA)</t>
+          <t>SCOTIABANK DUARTE SUR</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:52:35.58</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:55:21.163</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>22542371</t>
+          <t>23026317</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>0148</t>
+          <t>P362</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMULO</t>
+          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (BOVEDA)</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:52:12.45</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:54:28.3</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>22542358</t>
+          <t>23026314</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>P027</t>
+          <t>P36H</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, LAS COLINAS (BOVEDA)</t>
+          <t>SCOTIABANK TORRE CHURCHILL (OFICINA ADMINISTRATIVA)</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:51:19.69</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:53:55.23</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>22542333</t>
+          <t>23026304</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>1103</t>
+          <t>1045</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>SCOTIABANK HIGUEY</t>
+          <t>SCOTIABANK BRAVO BANI</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:51:05.563</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:53:46.98</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>22542327</t>
+          <t>23026301</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>1082</t>
+          <t>0367</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN CRISTOBAL</t>
+          <t>SCOTIABANK VENEZUELA</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:51:04.273</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E85" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:51:45.7</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>22542326</t>
+          <t>23026276</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>1075</t>
+          <t>P205</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAO</t>
+          <t>SCOTIABANK BRAVO BANI (CAJERO)</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:58.063</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E86" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:51:30.89</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>22542298</t>
+          <t>23026272</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>P200</t>
+          <t>P186</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN PEDRO DE MACORIS (CAJERO)</t>
+          <t>SCOTIABANK NUÑEZ DE CACERES (CAJERO)</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:46.72</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E87" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:48:24.877</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>22542294</t>
+          <t>23026221</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>P123</t>
+          <t>P054</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>SCOTIABANK JUAN PABLO DUARTE (BOVEDA)</t>
+          <t>SCOTIABANK SAN PEDRO DE MACORIS (BOVEDA)</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:20.903</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E88" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:46:53.32</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>22542279</t>
+          <t>23026205</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>P054</t>
+          <t>P225</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN PEDRO DE MACORIS (BOVEDA)</t>
+          <t>SCOTIABANK BONAO (CAJERO)</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:18.48</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E89" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:42:48.317</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>22542278</t>
+          <t>23026149</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>1069</t>
+          <t>P034</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>SCOTIABANK JUAN PABLO DUARTE</t>
+          <t>SCOTIABANK NUÑEZ DE CACERES (BOVEDA)</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:14.857</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E90" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:40:59.107</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>22542276</t>
+          <t>23026115</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>P270</t>
+          <t>P247</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>SCOTIABANK JUAN PABLO DUARTE (2DO NIVEL)</t>
+          <t>SCOTIABANK NACO (CAJERO)</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:49:11.847</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E91" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:40:52.907</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>22542274</t>
+          <t>23026110</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>P365</t>
+          <t>P060</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (RESERVA CENTRAL)</t>
+          <t>SCOTIABANK BRAVO BANI (BOVEDA)</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:43.99</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E92" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:40:28.233</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>22542257</t>
+          <t>23026101</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>P059</t>
+          <t>P35D</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>SCOTIABANK VENEZUELA (BOVEDA)</t>
+          <t>SCOTIABANK ROMULO (COMEDOR AREA COMUN)</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:42.79</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E93" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:40:07.547</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>22542256</t>
+          <t>23026092</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>0367</t>
+          <t>0148</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>SCOTIABANK VENEZUELA</t>
+          <t>SCOTIABANK ROMULO</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:41.593</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E94" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:40:00.457</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>22542255</t>
+          <t>23026082</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>1044</t>
+          <t>P059</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>SCOTIABANK AZUA</t>
+          <t>SCOTIABANK VENEZUELA (BOVEDA)</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:37.343</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E95" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:37:07.837</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>22542252</t>
+          <t>23026055</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>1097</t>
+          <t>P36O</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN PEDRO DE MACORIS</t>
+          <t>SCOTIABANK AZUA (CAJERO)</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:21.267</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E96" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:37:01.193</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>22542235</t>
+          <t>23026051</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>P024</t>
+          <t>P36N</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN FRANCISCO (BOVEDA)</t>
+          <t>SCOTIABANK AZUA (BOVEDA)</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:07.383</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E97" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:36:23.693</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>22542222</t>
+          <t>23026043</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>6320</t>
+          <t>P35C</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>SCOTIABANK TORRE CHURCHILL</t>
+          <t>SCOTIABANK ROMULO (2DO NIVEL)</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:48:04.98</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E98" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:35:42.6</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>22542220</t>
+          <t>23026033</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>6298</t>
+          <t>0080</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN MARTIN (EMBOZADO)</t>
+          <t>SCOTIABANK MAXIMO GOMEZ</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:47:28.647</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E99" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:34:39.03</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>22542192</t>
+          <t>23026017</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>P349</t>
+          <t>P123</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>SCOTIABANK AGORA MALL SANTO DOMINGO (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK JUAN PABLO DUARTE (BOVEDA)</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:46:53.783</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E100" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:32:07.047</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>22542187</t>
+          <t>23025989</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>0188</t>
+          <t>P027</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>SCOTIABANK NUÑEZ DE CACERES</t>
+          <t>SCOTIABANK SANTIAGO, LAS COLINAS (BOVEDA)</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:45:47</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E101" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:31:33.8</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>22542179</t>
+          <t>23025978</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>P178</t>
+          <t>P359</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN FRANCISCO (CAJERO)</t>
+          <t>SCOTIABANK MAXIMO GOMEZ (BOVEDA)</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:45:07.097</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E102" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:31:17.49</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>22542156</t>
+          <t>23025975</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>P35H</t>
+          <t>P239</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN VICENTE DE PAUL (BOVEDA)</t>
+          <t>SCOTIABANK JUAN PABLO DUARTE (CAJERO)</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:44:16.33</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E103" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:31:06.607</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>22542127</t>
+          <t>23025974</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>0340</t>
+          <t>P35B</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>SCOTIABANK NACO</t>
+          <t>SCOTIABANK ROMULO (BOVEDA)</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:44:05.37</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E104" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:31:02.943</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>22542116</t>
+          <t>23025972</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>P032</t>
+          <t>P256</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>SCOTIABANK DUARTE SUR (BOVEDA)</t>
+          <t>SCOTIABANK ROMULO (CAJERO)</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:45.533</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E105" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:30:58.24</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>22542111</t>
+          <t>23025968</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>P35I</t>
+          <t>0345</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN VICENTE DE PAUL (CAJERO)</t>
+          <t>SCOTIABANK SAN VICENTE DE PAUL</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:34.21</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E106" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:30:54.613</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>22542105</t>
+          <t>23025966</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>1063</t>
+          <t>0036</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN FRANCISCO DE MACORIS</t>
+          <t>SCOTIABANK PIANTINI</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:17.093</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E107" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:30:23.043</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>22542099</t>
+          <t>23025954</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>0088</t>
+          <t>P31N</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>SCOTIABANK DUARTE SUR</t>
+          <t>SCOTIABANK SANTIAGO, EL SOL (BOVEDA)</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:08.447</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E108" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:29:19.07</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>22542089</t>
+          <t>23025933</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>0345</t>
+          <t>P190</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN VICENTE DE PAUL</t>
+          <t>SCOTIABANK PIANTINI (CAJERO)</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:07.223</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E109" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:29:15.43</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>22542088</t>
+          <t>23025931</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>6325</t>
+          <t>P282</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, EL SOL</t>
+          <t>SCOTIABANK PIANTINI (COMEDOR)</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:43:02.17</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E110" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:27:23.207</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>22542084</t>
+          <t>23025911</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>1048</t>
+          <t>P213</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>SCOTIABANK J. F. KENNEDY</t>
+          <t>SCOTIABANK CABARETE (CAJERO)</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:42:13.053</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E111" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:26:13.25</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>22542051</t>
+          <t>23025895</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>0080</t>
+          <t>P067</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>SCOTIABANK MAXIMO GOMEZ</t>
+          <t>SCOTIABANK CABARETE (BOVEDA)</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:39:02.16</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E112" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:25:11.363</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>22541970</t>
+          <t>23025886</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>P36T</t>
+          <t>P329</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMANA, RICHIEZ (CAJERO)</t>
+          <t>SCOTIABANK LUPERON, PLAZA KURY (BOVEDA)</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:37:52.083</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E113" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:24:32.793</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>22541943</t>
+          <t>23025878</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>1060</t>
+          <t>6332</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, LAS COLINAS</t>
+          <t>SCOTIABANK MARINA CHAVON</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:37:36.26</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E114" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:23:34.857</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>22541934</t>
+          <t>23025868</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>6400</t>
+          <t>P181</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>SCOTIABANK BONAO</t>
+          <t>SCOTIABANK SANTIAGO, LAS COLINAS (CAJERO)</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:36:33.31</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E115" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:22:02.27</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>22541912</t>
+          <t>23025856</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>P053</t>
+          <t>P355</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, GURABO (BOVEDA Y CAJERO)</t>
+          <t>SCOTIABANK MARINA CHAVON (BOVEDA Y CAJERO)</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:36:11.623</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E116" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:21:26.77</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>22541901</t>
+          <t>23025845</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>0358</t>
+          <t>P36L</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, GURABO</t>
+          <t>SCOTIABANK PUERTO PLATA (CAJERO)</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:36:04.597</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E117" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:20:21.923</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>22541898</t>
+          <t>23025829</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>P35O</t>
+          <t>P043</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (TECHO)</t>
+          <t>SCOTIABANK PIANTINI  (BOVEDA)</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:35:45.593</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E118" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:18:39.757</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>22541894</t>
+          <t>23025799</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>P35J</t>
+          <t>P360</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (MERCADO &amp; BRANCHBAN</t>
+          <t>SCOTIABANK SAN MARTIN (INVENTARIO DE TARGETA 2DO NIVEL)</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:33:04.497</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E119" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:17:37.703</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>22541843</t>
+          <t>23025789</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>P364</t>
+          <t>P35K</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (ADMIN/DOC)</t>
+          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (BOVEDA)</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:32:02.147</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E120" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:17:04.447</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>22541705</t>
+          <t>23025778</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>0379</t>
+          <t>P055</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL</t>
+          <t>SCOTIABANK HIGUEY (BOVEDA)</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:31:58.517</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E121" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:15:16.98</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>22541703</t>
+          <t>23025745</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>1087</t>
+          <t>P35A</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>SCOTIABANK MOCA</t>
+          <t>SCOTIABANK MAXIMO GOMEZ (CAJERO)</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:31:36.07</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E122" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:15:00.323</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>22541699</t>
+          <t>23025734</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>P35L</t>
+          <t>1057</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (OFIC. DE RH)</t>
+          <t>SCOTIABANK ROMANA, RICHIEZ</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:30:57.927</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E123" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:14:43.74</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>22541689</t>
+          <t>23025731</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>P36S</t>
+          <t>P064</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMANA, RICHIEZ (BOVEDA)</t>
+          <t>SCOTIABANK MAO (BOVEDA)</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:30:40.363</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E124" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:06:07.683</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>22541681</t>
+          <t>23025583</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>1057</t>
+          <t>P263</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>SCOTIABANK ROMANA, RICHIEZ</t>
+          <t>SCOTIABANK PIANTINI (ANTIGUO REAL STATE)</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:29:49.94</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E125" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:03:55.007</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>22541664</t>
+          <t>23025553</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>0335</t>
+          <t>P032</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>SCOTIABANK AGORA MALL SANTO DOMINGO</t>
+          <t>SCOTIABANK DUARTE SUR (BOVEDA)</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:28:28.427</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E126" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:03:00.537</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>22541646</t>
+          <t>23025539</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>6300</t>
+          <t>P218</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO</t>
+          <t>SCOTIABANK DUARTE SUR (CAJERO)</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:16:26.28</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E127" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T17:02:26.563</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>22541504</t>
+          <t>23025518</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>P360</t>
+          <t>P35I</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN MARTIN (INVENTARIO DE TARGETA 2DO NIVEL)</t>
+          <t>SCOTIABANK SAN VICENTE DE PAUL (CAJERO)</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T07:04:00.44</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E128" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:59:37.983</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>22541213</t>
+          <t>23025445</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>P35Z</t>
+          <t>P36S</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN MARTIN (CARD DELIVERY 2DO PISO)</t>
+          <t>SCOTIABANK ROMANA, RICHIEZ (BOVEDA)</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T06:58:47.89</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E129" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:59:29.817</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>22541091</t>
+          <t>23025441</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>P361</t>
+          <t>P209</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN MARTIN (AREA COMUN (RECEPCION))</t>
+          <t>SCOTIABANK MAO (CAJERO)</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T06:50:25.087</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E130" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:59:25.31</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>22540981</t>
+          <t>23025440</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>P280</t>
+          <t>P35H</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS (CORREDORES)</t>
+          <t>SCOTIABANK SAN VICENTE DE PAUL (BOVEDA)</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T06:42:16.377</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E131" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:58:02.043</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>22540858</t>
+          <t>23025371</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>P288</t>
+          <t>6298</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>SCOTIABANK J. F. KENNEDY (5TO NIVEL)</t>
+          <t>SCOTIABANK SAN MARTIN (EMBOZADO)</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T06:12:30.113</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E132" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:56:09.613</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>22540473</t>
+          <t>23025292</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>6346</t>
+          <t>P36J</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>SCOTIABANK SALON VIP (AILA/AEROPUERTO LAS AMERICAS)</t>
+          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO (CAJERO)</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>Abierta</t>
-[...4 lines deleted...]
-          <t>2026-01-16T04:58:24.06</t>
+          <t>Cerrada</t>
+        </is>
+      </c>
+      <c r="E133" s="2" t="inlineStr">
+        <is>
+          <t>2026-02-02T16:49:24.967</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>22539642</t>
+          <t>23025148</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>Apertura (Opening)</t>
+          <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>P31O</t>
+          <t>P178</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, EL SOL (CAJERO)</t>
+          <t>SCOTIABANK SAN FRANCISCO (CAJERO)</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T12:31:46.67</t>
+          <t>2026-02-02T16:42:14.563</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>22546914</t>
+          <t>23024648</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>P35V</t>
+          <t>P364</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN CRISTOBAL (CAJERO 2)</t>
+          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (ADMIN/DOC)</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T12:12:29.39</t>
+          <t>2026-02-02T16:40:09.493</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>22546727</t>
+          <t>23024618</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>P353</t>
+          <t>P36T</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>SCOTIABANK GALERIA 360 (CAJERO)</t>
+          <t>SCOTIABANK ROMANA, RICHIEZ (CAJERO)</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T11:34:24.963</t>
+          <t>2026-02-02T16:33:13.267</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>22546141</t>
+          <t>23024544</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>P31B</t>
+          <t>P200</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>SCOTIABANK MEGACENTRO (CAJERO 1)</t>
+          <t>SCOTIABANK SAN PEDRO DE MACORIS (CAJERO)</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T11:14:04.827</t>
+          <t>2026-02-02T16:13:51.337</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>22545877</t>
+          <t>23024292</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>P363</t>
+          <t>P296</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (CAJERO)</t>
+          <t>SCOTIABANK J. F. KENNEDY (5TO NIVEL (CAJERO))</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T10:13:10.08</t>
+          <t>2026-02-02T15:13:20.24</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>22545053</t>
+          <t>23023684</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>P247</t>
+          <t>P201</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>SCOTIABANK NACO (CAJERO)</t>
+          <t>SCOTIABANK HIGUEY (CAJERO)</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:44:15.433</t>
+          <t>2026-02-02T14:02:01.427</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>22544629</t>
+          <t>23022876</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>P179</t>
+          <t>6327</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>SCOTIABANK NAGUA (CAJERO)</t>
+          <t>SCOTIABANK VILLA JUANA (ALMACEN SUMINISTRO)</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:39:01.603</t>
+          <t>2026-02-02T13:51:03.16</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>22544567</t>
+          <t>23022717</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>P248</t>
+          <t>P36D</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN BAVARO  (CAJERO)</t>
+          <t>SCOTIABANK VILLA JUANA (ACTIVO FIJO)</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:31:30.023</t>
+          <t>2026-02-02T12:43:58.98</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>22544426</t>
+          <t>23021972</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>P250</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>SCOTIABANK LA VEGA (CAJERO)</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:24:51.37</t>
+          <t>2026-02-02T09:51:00.597</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>22544273</t>
+          <t>23018746</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>P36J</t>
+          <t>P363</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>SCOTIABANK DOWNTOWN SANTO DOMINGO (CAJERO)</t>
+          <t>SCOTIABANK SANTIAGO, 27 DE FEBRERO (CAJERO)</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:23:42.713</t>
+          <t>2026-02-02T09:41:06.06</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>22544255</t>
+          <t>23018590</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>P204</t>
+          <t>P31O</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>SCOTIABANK VENEZUELA (CAJERO)</t>
+          <t>SCOTIABANK SANTIAGO, EL SOL (CAJERO)</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T09:07:57.243</t>
+          <t>2026-02-02T09:29:38.143</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>22544024</t>
+          <t>23018429</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>P35M</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>SCOTIABANK 27 DE FEBRERO ESQ. CHURCHILL (CAJERO)</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T08:58:13.77</t>
+          <t>2026-02-02T09:22:08.59</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>22543828</t>
+          <t>23018344</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>P190</t>
+          <t>P326</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>SCOTIABANK PIANTINI (CAJERO)</t>
+          <t>SCOTIABANK SAMBIL (BOVEDA)</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T08:48:12.057</t>
+          <t>2026-01-31T18:31:24.163</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>22543685</t>
+          <t>22979464</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>P35U</t>
+          <t>P32B</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>SCOTIABANK SAN CRISTOBAL (CAJERO 1)</t>
+          <t>SCOTIABANK LUPERON, PLAZA KURY (CUARTO DE EQUIPO)</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>2026-01-16T08:27:56.937</t>
+          <t>2026-01-31T17:02:01.02</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>22543194</t>
+          <t>22977928</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>P328</t>
+          <t>P36W</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>SCOTIABANK ACROPOLIS (HUB)</t>
+          <t>SCOTIABANK ACROPOLIS (CAJERO)</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>2026-01-15T17:56:27.58</t>
+          <t>2026-01-31T13:29:47.337</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>22530149</t>
+          <t>22973384</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>6327</t>
+          <t>P264</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>SCOTIABANK VILLA JUANA (ALMACEN SUMINISTRO)</t>
+          <t>SCOTIABANK ACROPOLIS (BANCA PREMIUM)</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>2026-01-15T15:26:46.32</t>
+          <t>2026-01-31T13:26:16.547</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>22528098</t>
+          <t>22973268</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>P36D</t>
+          <t>P074</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>SCOTIABANK VILLA JUANA (ACTIVO FIJO)</t>
+          <t>SCOTIABANK ACROPOLIS (BOVEDA)</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>2026-01-15T15:11:00.047</t>
+          <t>2026-01-31T13:22:15.923</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>22527951</t>
+          <t>22973117</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>P225</t>
+          <t>P280</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>BNS</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>SCOTIABANK BONAO (CAJERO)</t>
+          <t>SCOTIABANK ACROPOLIS (CORREDORES)</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Cerrada</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>2026-01-15T13:30:56.423</t>
+          <t>2026-01-30T18:45:15.397</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>22526608</t>
+          <t>22952280</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
-        <is>
-[...109 lines deleted...]
-      <c r="G154" t="inlineStr">
         <is>
           <t>Cierre (Close)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>